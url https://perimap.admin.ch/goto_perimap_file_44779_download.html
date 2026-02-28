--- v0 (2025-11-01)
+++ v1 (2026-02-28)
@@ -1,82 +1,82 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24332"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U80828292\AppData\Local\rubicon\Acta Nova Client\Data\892545984\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\U80828292\AppData\Local\rubicon\Acta Nova Client\Data\172868731\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{A9737516-CC75-4D4D-ACAD-DCA03F2AA6CD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C70BDA0-1D6C-4A7B-AFE8-C162C5AF24F3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="11925" yWindow="2220" windowWidth="38700" windowHeight="15345" xr2:uid="{1A477168-C174-4683-A418-060888E743C1}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{1A477168-C174-4683-A418-060888E743C1}"/>
   </bookViews>
   <sheets>
     <sheet name="Tabelle1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="27" uniqueCount="27">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="47">
   <si>
     <t>Servizi di riparazione e manutenzione</t>
   </si>
   <si>
     <t>Servizi alberghieri e altri servizi di alloggio analoghi</t>
   </si>
   <si>
     <t>Servizi di ristorazione e di mescita di bevande</t>
   </si>
   <si>
     <t>Servizi di trasporto terrestre, inclusi i servizi con furgoni blindati, e servizi di corriere, escluso il trasporto di posta</t>
   </si>
   <si>
     <t>Servizi di trasporto aereo di passeggeri e merci, escluso il trasporto di posta</t>
   </si>
   <si>
     <t>Trasporto di posta per via terrestre (esclusi i servizi di trasporto ferroviario) e aerea</t>
   </si>
   <si>
     <t>Servizi delle agenzie di viaggio e degli operatori turistici</t>
   </si>
   <si>
     <t>Servizi di telecomunicazione</t>
   </si>
   <si>
@@ -113,164 +113,257 @@
     <t>Servizi attinenti all’architettura e all’ingegneria, anche integrata; servizi attinenti all’urbanistica e alla paesaggistica; servizi affini di consulenza scientifica e tecnica; servizi di sperimentazione tecnica e analisi</t>
   </si>
   <si>
     <t>Servizi pubblicitari</t>
   </si>
   <si>
     <t>Servizi di pulizia degli edifici e servizi di gestione delle proprietà immobiliari</t>
   </si>
   <si>
     <t>Servizi di imballaggio</t>
   </si>
   <si>
     <t>Servizi di consulenza relativi alla silvicoltura</t>
   </si>
   <si>
     <t>Servizi di editoria e di stampa in base a tariffa o contratto</t>
   </si>
   <si>
     <t>Eliminazione di scarichi di fogna e di rifiuti; disinfestazione e servizi analoghi</t>
   </si>
   <si>
     <t xml:space="preserve">Classificazione centrale dei prodotti delle Nazioni Unite (Central Product Classification, CPC) </t>
   </si>
   <si>
     <t xml:space="preserve">Nota: questa è solo una trascrizione e non l'elenco ufficiale CPC. L'autorità competente si riserva il diritto di apportare modifiche. </t>
+  </si>
+  <si>
+    <t>Lavori di preparazione dei siti e cantieri edili</t>
+  </si>
+  <si>
+    <t>Lavori di costruzione di edifici</t>
+  </si>
+  <si>
+    <t>Lavori di costruzione di opere d’ingegneria civile</t>
+  </si>
+  <si>
+    <t>Montaggio e installazione di opere prefabbricate</t>
+  </si>
+  <si>
+    <t>Lavori svolti da imprese edili specializzate</t>
+  </si>
+  <si>
+    <t>Lavori di posa d’impianti</t>
+  </si>
+  <si>
+    <t>Lavori di finitura degli edifici</t>
+  </si>
+  <si>
+    <t>Noleggio o leasing di attrezzature di costruzione o demolizione, comprese le prestazioni per il personale</t>
+  </si>
+  <si>
+    <t>6112, 6122, 633, 886</t>
+  </si>
+  <si>
+    <t>642, 643</t>
+  </si>
+  <si>
+    <t>71235, 7321</t>
+  </si>
+  <si>
+    <t>83106–83109</t>
+  </si>
+  <si>
+    <t>865, 866</t>
+  </si>
+  <si>
+    <t>874, 82201–82206</t>
+  </si>
+  <si>
+    <t>712 (salvo 71235), 7512, 87304</t>
+  </si>
+  <si>
+    <t>73 (salvo 7321)</t>
+  </si>
+  <si>
+    <t>Parte di 8814</t>
+  </si>
+  <si>
+    <t>Parte di 861</t>
+  </si>
+  <si>
+    <t>Parte di 832</t>
+  </si>
+  <si>
+    <t>Parte di 81, 812, 814</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color rgb="FF454545"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="10"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="9">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 – 2022-Design">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 – 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 – 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -332,51 +425,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 – 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -474,226 +567,499 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B84CC7E6-0978-4C59-BCF3-F5F91FA984C2}">
-  <dimension ref="A1:A27"/>
+  <dimension ref="A1:F35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="A2" sqref="A2"/>
+      <selection activeCell="A35" sqref="A35:F35"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="14.25" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="25.5" customWidth="1"/>
+  </cols>
   <sheetData>
-    <row r="1" spans="1:1" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="1" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="1" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="2" spans="1:1" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+    <row r="2" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="3" spans="1:1" x14ac:dyDescent="0.2">
-      <c r="A3" t="s">
+    <row r="3" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A3" s="6">
+        <v>511</v>
+      </c>
+      <c r="B3" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="C3" s="8"/>
+      <c r="D3" s="8"/>
+      <c r="E3" s="8"/>
+      <c r="F3" s="8"/>
+    </row>
+    <row r="4" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A4" s="6">
+        <v>512</v>
+      </c>
+      <c r="B4" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="C4" s="8"/>
+      <c r="D4" s="8"/>
+      <c r="E4" s="8"/>
+      <c r="F4" s="8"/>
+    </row>
+    <row r="5" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A5" s="6">
+        <v>513</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="C5" s="8"/>
+      <c r="D5" s="8"/>
+      <c r="E5" s="8"/>
+      <c r="F5" s="8"/>
+    </row>
+    <row r="6" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A6" s="6">
+        <v>514</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C6" s="8"/>
+      <c r="D6" s="8"/>
+      <c r="E6" s="8"/>
+      <c r="F6" s="8"/>
+    </row>
+    <row r="7" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A7" s="6">
+        <v>515</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="C7" s="8"/>
+      <c r="D7" s="8"/>
+      <c r="E7" s="8"/>
+      <c r="F7" s="8"/>
+    </row>
+    <row r="8" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A8" s="6">
+        <v>516</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="8"/>
+      <c r="D8" s="8"/>
+      <c r="E8" s="8"/>
+      <c r="F8" s="8"/>
+    </row>
+    <row r="9" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A9" s="6">
+        <v>517</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="C9" s="8"/>
+      <c r="D9" s="8"/>
+      <c r="E9" s="8"/>
+      <c r="F9" s="8"/>
+    </row>
+    <row r="10" spans="1:6" s="1" customFormat="1" ht="15" x14ac:dyDescent="0.25">
+      <c r="A10" s="6">
+        <v>518</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" s="8"/>
+      <c r="D10" s="8"/>
+      <c r="E10" s="8"/>
+      <c r="F10" s="8"/>
+    </row>
+    <row r="11" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A11" s="3" t="s">
+        <v>35</v>
+      </c>
+      <c r="B11" s="7" t="s">
         <v>0</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A4" t="s">
+      <c r="C11" s="7"/>
+      <c r="D11" s="7"/>
+      <c r="E11" s="7"/>
+      <c r="F11" s="7"/>
+    </row>
+    <row r="12" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A12" s="4">
+        <v>641</v>
+      </c>
+      <c r="B12" s="7" t="s">
         <v>1</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A5" t="s">
+      <c r="C12" s="7"/>
+      <c r="D12" s="7"/>
+      <c r="E12" s="7"/>
+      <c r="F12" s="7"/>
+    </row>
+    <row r="13" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A13" s="4" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" s="7" t="s">
         <v>2</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A6" t="s">
+      <c r="C13" s="7"/>
+      <c r="D13" s="7"/>
+      <c r="E13" s="7"/>
+      <c r="F13" s="7"/>
+    </row>
+    <row r="14" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A14" s="4" t="s">
+        <v>41</v>
+      </c>
+      <c r="B14" s="7" t="s">
         <v>3</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A7" t="s">
+      <c r="C14" s="7"/>
+      <c r="D14" s="7"/>
+      <c r="E14" s="7"/>
+      <c r="F14" s="7"/>
+    </row>
+    <row r="15" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A15" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B15" s="7" t="s">
         <v>4</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A8" t="s">
+      <c r="C15" s="7"/>
+      <c r="D15" s="7"/>
+      <c r="E15" s="7"/>
+      <c r="F15" s="7"/>
+    </row>
+    <row r="16" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A16" s="4" t="s">
+        <v>37</v>
+      </c>
+      <c r="B16" s="7" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A9" t="s">
+      <c r="C16" s="7"/>
+      <c r="D16" s="7"/>
+      <c r="E16" s="7"/>
+      <c r="F16" s="7"/>
+    </row>
+    <row r="17" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A17" s="4">
+        <v>7471</v>
+      </c>
+      <c r="B17" s="7" t="s">
         <v>6</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A10" t="s">
+      <c r="C17" s="7"/>
+      <c r="D17" s="7"/>
+      <c r="E17" s="7"/>
+      <c r="F17" s="7"/>
+    </row>
+    <row r="18" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A18" s="4">
+        <v>752</v>
+      </c>
+      <c r="B18" s="7" t="s">
         <v>7</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" t="s">
+      <c r="C18" s="7"/>
+      <c r="D18" s="7"/>
+      <c r="E18" s="7"/>
+      <c r="F18" s="7"/>
+    </row>
+    <row r="19" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A19" s="4" t="s">
+        <v>46</v>
+      </c>
+      <c r="B19" s="7" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A12" t="s">
+      <c r="C19" s="7"/>
+      <c r="D19" s="7"/>
+      <c r="E19" s="7"/>
+      <c r="F19" s="7"/>
+    </row>
+    <row r="20" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A20" s="4">
+        <v>822</v>
+      </c>
+      <c r="B20" s="7" t="s">
         <v>9</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A13" t="s">
+      <c r="C20" s="7"/>
+      <c r="D20" s="7"/>
+      <c r="E20" s="7"/>
+      <c r="F20" s="7"/>
+    </row>
+    <row r="21" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A21" s="4" t="s">
+        <v>38</v>
+      </c>
+      <c r="B21" s="7" t="s">
         <v>10</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A14" t="s">
+      <c r="C21" s="7"/>
+      <c r="D21" s="7"/>
+      <c r="E21" s="7"/>
+      <c r="F21" s="7"/>
+    </row>
+    <row r="22" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A22" s="4" t="s">
+        <v>45</v>
+      </c>
+      <c r="B22" s="7" t="s">
         <v>11</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A15" t="s">
+      <c r="C22" s="7"/>
+      <c r="D22" s="7"/>
+      <c r="E22" s="7"/>
+      <c r="F22" s="7"/>
+    </row>
+    <row r="23" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A23" s="4">
+        <v>84</v>
+      </c>
+      <c r="B23" s="7" t="s">
         <v>12</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A16" t="s">
+      <c r="C23" s="7"/>
+      <c r="D23" s="7"/>
+      <c r="E23" s="7"/>
+      <c r="F23" s="7"/>
+    </row>
+    <row r="24" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A24" s="4" t="s">
+        <v>44</v>
+      </c>
+      <c r="B24" s="7" t="s">
         <v>13</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A17" t="s">
+      <c r="C24" s="7"/>
+      <c r="D24" s="7"/>
+      <c r="E24" s="7"/>
+      <c r="F24" s="7"/>
+    </row>
+    <row r="25" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A25" s="4">
+        <v>862</v>
+      </c>
+      <c r="B25" s="7" t="s">
         <v>14</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A18" t="s">
+      <c r="C25" s="7"/>
+      <c r="D25" s="7"/>
+      <c r="E25" s="7"/>
+      <c r="F25" s="7"/>
+    </row>
+    <row r="26" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A26" s="4">
+        <v>863</v>
+      </c>
+      <c r="B26" s="7" t="s">
         <v>15</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A19" t="s">
+      <c r="C26" s="7"/>
+      <c r="D26" s="7"/>
+      <c r="E26" s="7"/>
+      <c r="F26" s="7"/>
+    </row>
+    <row r="27" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A27" s="4">
+        <v>864</v>
+      </c>
+      <c r="B27" s="7" t="s">
         <v>16</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A20" t="s">
+      <c r="C27" s="7"/>
+      <c r="D27" s="7"/>
+      <c r="E27" s="7"/>
+      <c r="F27" s="7"/>
+    </row>
+    <row r="28" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A28" s="4" t="s">
+        <v>39</v>
+      </c>
+      <c r="B28" s="7" t="s">
         <v>17</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A21" t="s">
+      <c r="C28" s="7"/>
+      <c r="D28" s="7"/>
+      <c r="E28" s="7"/>
+      <c r="F28" s="7"/>
+    </row>
+    <row r="29" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A29" s="4">
+        <v>867</v>
+      </c>
+      <c r="B29" s="7" t="s">
         <v>18</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A22" t="s">
+      <c r="C29" s="7"/>
+      <c r="D29" s="7"/>
+      <c r="E29" s="7"/>
+      <c r="F29" s="7"/>
+    </row>
+    <row r="30" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A30" s="4">
+        <v>871</v>
+      </c>
+      <c r="B30" s="7" t="s">
         <v>19</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A23" t="s">
+      <c r="C30" s="7"/>
+      <c r="D30" s="7"/>
+      <c r="E30" s="7"/>
+      <c r="F30" s="7"/>
+    </row>
+    <row r="31" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A31" s="4" t="s">
+        <v>40</v>
+      </c>
+      <c r="B31" s="7" t="s">
         <v>20</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A24" t="s">
+      <c r="C31" s="7"/>
+      <c r="D31" s="7"/>
+      <c r="E31" s="7"/>
+      <c r="F31" s="7"/>
+    </row>
+    <row r="32" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A32" s="4">
+        <v>876</v>
+      </c>
+      <c r="B32" s="7" t="s">
         <v>21</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A25" t="s">
+      <c r="C32" s="7"/>
+      <c r="D32" s="7"/>
+      <c r="E32" s="7"/>
+      <c r="F32" s="7"/>
+    </row>
+    <row r="33" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A33" s="4" t="s">
+        <v>43</v>
+      </c>
+      <c r="B33" s="7" t="s">
         <v>22</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A26" t="s">
+      <c r="C33" s="7"/>
+      <c r="D33" s="7"/>
+      <c r="E33" s="7"/>
+      <c r="F33" s="7"/>
+    </row>
+    <row r="34" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A34" s="4">
+        <v>88442</v>
+      </c>
+      <c r="B34" s="7" t="s">
         <v>23</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A27" t="s">
+      <c r="C34" s="7"/>
+      <c r="D34" s="7"/>
+      <c r="E34" s="7"/>
+      <c r="F34" s="7"/>
+    </row>
+    <row r="35" spans="1:6" x14ac:dyDescent="0.2">
+      <c r="A35" s="5">
+        <v>94</v>
+      </c>
+      <c r="B35" s="7" t="s">
         <v>24</v>
       </c>
+      <c r="C35" s="7"/>
+      <c r="D35" s="7"/>
+      <c r="E35" s="7"/>
+      <c r="F35" s="7"/>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.78740157499999996" bottom="0.78740157499999996" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" horizontalDpi="200" verticalDpi="200" r:id="rId1"/>
   <customProperties>
     <customPr name="EpmWorksheetKeyString_GUID" r:id="rId2"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Tabelle1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company/>
+  <Company>Kompetenzzentrum Beschaffungswesen Bund KBB;</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Stalder Hannes BBL</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
+  <dc:creator>Kompetenzzentrum Beschaffungswesen Bund KBB</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>